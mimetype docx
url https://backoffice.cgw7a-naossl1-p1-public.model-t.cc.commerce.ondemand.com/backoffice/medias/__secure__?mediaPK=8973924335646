--- v0 (2025-11-01)
+++ v1 (2026-02-22)
@@ -164,84 +164,108 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Departament d</w:t>
       </w:r>
       <w:r w:rsidR="00611D7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’Ocupació i Treball</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54843025" w14:textId="77777777" w:rsidR="005D0851" w:rsidRDefault="005D0851">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E37CC37" w14:textId="0AB11A81" w:rsidR="00612051" w:rsidRDefault="00C73C40" w:rsidP="006A7015">
+    <w:p w14:paraId="6E37CC37" w14:textId="6E571330" w:rsidR="00612051" w:rsidRDefault="00C73C40" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00611D7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">l/la </w:t>
+        <w:t>l/</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00611D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a sotasignat</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00611D7F">
-[...5 lines deleted...]
-        <w:t>sotasignant</w:t>
+      <w:r w:rsidR="000F7FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00611D7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005D0851" w:rsidRPr="005201B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sr</w:t>
       </w:r>
       <w:r w:rsidR="0019174B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -803,429 +827,413 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00611D7F" w:rsidRPr="00611D7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(adreça i parròquia)</w:t>
       </w:r>
       <w:r w:rsidR="00612051">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA2437A" w14:textId="1D1C16B2" w:rsidR="00612051" w:rsidRDefault="005D0851" w:rsidP="006A7015">
+    <w:p w14:paraId="050395F0" w14:textId="076E5131" w:rsidR="000F36AD" w:rsidRDefault="005D0851" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005201B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AUTORITZO </w:t>
       </w:r>
       <w:r w:rsidR="005E6B14">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="006A7015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>l Sr.</w:t>
+        <w:t xml:space="preserve">l Sr./la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005201B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidR="00611D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00611D7F" w:rsidRPr="00611D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="005E6B14">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00611D7F" w:rsidRPr="00611D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>om i cognoms)</w:t>
+      </w:r>
+      <w:r w:rsidR="00611D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amb </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nacionalitat  </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4BF9" w:rsidRPr="007D4BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(nacionalitat)</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015" w:rsidRPr="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assaport/DNI</w:t>
+      </w:r>
+      <w:r w:rsidR="0027475E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/NIA</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015" w:rsidRPr="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A7015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>úm</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA657D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de DNI o </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assaport</w:t>
+      </w:r>
+      <w:r w:rsidR="0027475E" w:rsidRPr="0027475E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00611D7F" w:rsidRPr="00611D7F">
-[...6 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidR="0027475E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o núm. d’identificació administrativa</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00612051">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, a</w:t>
+      </w:r>
+      <w:r w:rsidR="0019174B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E6B14">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fer </w:t>
+      </w:r>
+      <w:r w:rsidR="00612051">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>els tràmits</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6B14" w:rsidRPr="005E6B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6B14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>següents</w:t>
+      </w:r>
+      <w:r w:rsidR="00612051">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015" w:rsidRPr="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per compte meu</w:t>
+      </w:r>
+      <w:r w:rsidR="000F36AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7015" w:rsidRPr="006A7015">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de la persona</w:t>
       </w:r>
       <w:r w:rsidR="006A7015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">amb </w:t>
-[...33 lines deleted...]
-        <w:t>p</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A7015" w:rsidRPr="006A7015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>assaport/DNI</w:t>
-[...105 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">jurídica que represento, </w:t>
+      </w:r>
+      <w:r w:rsidR="0019174B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">davant del </w:t>
+      </w:r>
+      <w:r w:rsidR="0019174B" w:rsidRPr="005201B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Departament d’Ocupació i Treball</w:t>
       </w:r>
       <w:r w:rsidR="00612051">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, a</w:t>
-[...110 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050395F0" w14:textId="77777777" w:rsidR="000F36AD" w:rsidRDefault="000F36AD" w:rsidP="006A7015">
+    <w:p w14:paraId="3507670A" w14:textId="77777777" w:rsidR="00C93E92" w:rsidRDefault="00C93E92" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="759BB9FA" w14:textId="77777777" w:rsidR="005D0851" w:rsidRDefault="00612051" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
@@ -1273,51 +1281,51 @@
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="4518E35B" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:3.55pt;width:12.5pt;height:13.15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMVDCbkgIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X21HbbpadaqoVadJ&#10;VVe1nfpMMcRIwDEgcbJfvwM7TtZVe5jmB8xxd9/dfdxxebU1mmyEDwpsQ6uTkhJhObTKrhr6/fn2&#10;02dKQmS2ZRqsaOhOBHq1+Pjhsne1mEEHuhWeIIgNde8a2sXo6qIIvBOGhRNwwqJSgjcsouhXRetZ&#10;j+hGF7OynBc9+NZ54CIEPL0ZlHSR8aUUPH6TMohIdEMxt5hXn9fXtBaLS1avPHOd4mMa7B+yMExZ&#10;DDpB3bDIyNqrP6CM4h4CyHjCwRQgpeIi14DVVOWbap465kSuBckJbqIp/D9Yfr958ES1eHeUWGbw&#10;ih6RNGZXWpAq0dO7UKPVk3vwoxRwm2rdSm/SH6sg20zpbqJUbCPheFidXZSzOSUcVdV8fnF+njCL&#10;g7PzIX4RYEjaNNRj8Ewk29yFOJjuTVIsC7dKazxntbZpDaBVm86ykNpGXGtPNgwvPG5zBRjtyAql&#10;5FmkuoZK8i7utBhQH4VEQjD3WU4kt+IBk3EubKwGVcdaMYQ6K/EbS5s8cqHaImBClpjkhD0C/J7v&#10;Hnsoe7RPriJ38uRc/i2xwXnyyJHBxsnZKAv+PQCNVY2RB/s9SQM1iaVXaHfYLh6GOQqO3yq8tjsW&#10;4gPzODg4YvgYxG+4SA19Q2HcUdKB//neebLHfkYtJT0OYkPDjzXzghL91WKnX1Snp2lys3B6dj5D&#10;wR9rXo81dm2uAa8euxmzy9tkH/V+Kz2YF3wzlikqqpjlGLuhPPq9cB2HBwJfHS6Wy2yG0+pYvLNP&#10;jifwxGpqy+ftC/Nu7N2ITX8P+6Fl9ZsWHmyTp4XlOoJUub8PvI5846TnxhlfpfSUHMvZ6vB2Ln4B&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBIC0p3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUhcKuqk5U8hToVAoB4QEgUO3DbxEofGdhRv2/D2LCc4jmY08025mnyv9jSmLgYD+TwD&#10;RaGJtgutgbfXh7NrUIkxWOxjIAPflGBVHR+VWNh4CC+033CrpCSkAg045qHQOjWOPKZ5HCiI9xlH&#10;jyxybLUd8SDlvteLLLvUHrsgCw4HunPUbDc7b+BjPXH7lT/y0xZn77O1q5vn+9qY05Pp9gYU08R/&#10;YfjFF3SohKmOu2CT6g3IETZwlYMSc3EhsjawXJ6Drkr9H776AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMxUMJuSAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIEgLSncAAAABAEAAA8AAAAAAAAAAAAAAAAA7AQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="000F36AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sol·licitud de r</w:t>
       </w:r>
       <w:r w:rsidRPr="00612051">
@@ -1420,51 +1428,51 @@
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="4630E640" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:3pt;width:12.5pt;height:13.1pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBynZQ0lQIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx1nTR9BnSJo0WFA&#10;0QZth55VWYoFSKImKXGyXz9KfiToih2G5eCIIvmR/ETy6npnNNkKHxTYipYnE0qE5VAru67oj5e7&#10;LxeUhMhszTRYUdG9CPR68fnTVevmYgoN6Fp4giA2zFtX0SZGNy+KwBthWDgBJywqJXjDIop+XdSe&#10;tYhudDGdTM6KFnztPHARAt7edkq6yPhSCh4fpQwiEl1RzC3mr8/ft/QtFldsvvbMNYr3abB/yMIw&#10;ZTHoCHXLIiMbr/6AMop7CCDjCQdTgJSKi1wDVlNO3lXz3DAnci1ITnAjTeH/wfKH7coTVVd0Soll&#10;Bp/oCUljdq0FmSZ6WhfmaPXsVr6XAh5TrTvpTfrHKsguU7ofKRW7SDhelrOL8xkSz1FVnp19Pc+U&#10;Fwdn50P8JsCQdKiox+CZSLa9DxEDoulgkmJZuFNa51fTNl0E0KpOd1lIbSNutCdbhg8ed2WqACGO&#10;rFBKnkWqq6skn+JeiwSh7ZOQSAjmPs2J5FY8YDLOhY1lp2pYLbpQswn+hmBDFjl0BkzIEpMcsXuA&#10;wbIDGbC7nHv75CpyJ4/Ok78l1jmPHjky2Dg6G2XBfwSgsao+cmc/kNRRk1h6g3qP7eKhm6Pg+J3C&#10;Z7tnIa6Yx8HBl8ZlEB/xIzW0FYX+REkD/tdH98ke+xm1lLQ4iBUNPzfMC0r0d4udflmenqbJzcLp&#10;7HyKgj/WvB1r7MbcAD59iWvH8XxM9lEPR+nBvOLOWKaoqGKWY+yK8ugH4SZ2CwK3DhfLZTbDaXUs&#10;3ttnxxN4YjW15cvulXnX927Epn+AYWjZ/F0Ld7bJ08JyE0Gq3N8HXnu+cdJz4/RbKa2SYzlbHXbn&#10;4jcAAAD//wMAUEsDBBQABgAIAAAAIQCJ03iL3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcFLaTeNWErMpoii9CCCVQ/eJtk1G5udDdlpG/+940lPj+EN732v3EyhV0c3pi6S&#10;geUiA+Woibaj1sDb68N8DSoxksU+kjPw7RJsqvOzEgsbT/TijjtulYRQKtCAZx4KrVPjXcC0iIMj&#10;8T7jGJDlHFttRzxJeOh1nmUrHbAjafA4uDvvmv3uEAx8bCduv5aP/LTH2fts6+vm+b425vJiur0B&#10;xW7iv2f4xRd0qISpjgeySfUGZAgbWImImV+L1gau8hx0Ver/8NUPAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAHKdlDSVAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAInTeIvcAAAABAEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00612051">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="000F36AD" w:rsidRPr="000F36AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sol·licitud de registre </w:t>
       </w:r>
       <w:r w:rsidR="00612051">
@@ -1478,97 +1486,179 @@
       <w:r w:rsidR="006C27C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r w:rsidR="005E6B14">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="006C27C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la d’igualtat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F70594E" w14:textId="77777777" w:rsidR="006A7015" w:rsidRDefault="006A7015" w:rsidP="006A7015">
+    <w:p w14:paraId="00B4673A" w14:textId="77777777" w:rsidR="00C93E92" w:rsidRPr="00422A3D" w:rsidRDefault="00C93E92" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="241ED5E3" w14:textId="77777777" w:rsidR="001171DC" w:rsidRDefault="0019174B" w:rsidP="006A7015">
+    <w:p w14:paraId="4F70594E" w14:textId="490AA658" w:rsidR="006A7015" w:rsidRPr="00422A3D" w:rsidRDefault="00C93E92" w:rsidP="00C93E92">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aquesta autorització s’estableix per un termini màxim de cinc anys, llevat que es revoqui abans, o bé </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7763D" w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fins a la data </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que indiqueu: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(indi</w:t>
+      </w:r>
+      <w:r w:rsidR="00111453" w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>queu la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data, si escau)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422A3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2102E979" w14:textId="77777777" w:rsidR="00DC21B4" w:rsidRDefault="00DC21B4" w:rsidP="006A7015">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241ED5E3" w14:textId="30ED7735" w:rsidR="001171DC" w:rsidRDefault="0019174B" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lloc i data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E00230E" w14:textId="77777777" w:rsidR="001171DC" w:rsidRDefault="001171DC" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="764DB5C3" w14:textId="77777777" w:rsidR="0019174B" w:rsidRDefault="0019174B" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1E42E657" w14:textId="77777777" w:rsidR="001171DC" w:rsidRDefault="0019174B" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Signatura </w:t>
       </w:r>
       <w:r w:rsidR="006A7015">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">electrònica de </w:t>
@@ -1585,60 +1675,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">persona </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidR="001171DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>autoritza</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="078B4BAF" w14:textId="77777777" w:rsidR="000F36AD" w:rsidRDefault="000F36AD" w:rsidP="006A7015">
-      <w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="05E33545" w14:textId="77777777" w:rsidR="000F36AD" w:rsidRDefault="000F36AD" w:rsidP="006A7015">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="787F507C" w14:textId="77777777" w:rsidR="000F36AD" w:rsidRPr="000F36AD" w:rsidRDefault="000F36AD" w:rsidP="000F36AD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F36AD">
         <w:rPr>
@@ -1744,161 +1824,153 @@
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
             <w:pict>
               <v:rect w14:anchorId="7E76EDD9" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:3.65pt;width:12.5pt;height:13.1pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDF7Q4VlQIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9PGzEMfp+0/yHK+7heocAqrqgCMU1C&#10;UAETzyGX9CIlcZakvXZ//Zzcj1YM7WFaH65xbH+2v9i+ut4ZTbbCBwW2ouXJhBJhOdTKriv64+Xu&#10;yyUlITJbMw1WVHQvAr1efP501bq5mEIDuhaeIIgN89ZVtInRzYsi8EYYFk7ACYtKCd6wiKJfF7Vn&#10;LaIbXUwnk/OiBV87D1yEgLe3nZIuMr6UgsdHKYOIRFcUc4v56/P3LX2LxRWbrz1zjeJ9GuwfsjBM&#10;WQw6Qt2yyMjGqz+gjOIeAsh4wsEUIKXiIteA1ZSTd9U8N8yJXAuSE9xIU/h/sPxhu/JE1RU9pcQy&#10;g0/0hKQxu9aCnCZ6WhfmaPXsVr6XAh5TrTvpTfrHKsguU7ofKRW7SDhelrPLixkSz1FVnp+fXmTK&#10;i4Oz8yF+E2BIOlTUY/BMJNveh4gB0XQwSbEs3Cmt86tpmy4CaFWnuyykthE32pMtwwePuzJVgBBH&#10;ViglzyLV1VWST3GvRYLQ9klIJARzn+ZEciseMBnnwsayUzWsFl2o2QR/Q7Ahixw6AyZkiUmO2D3A&#10;YNmBDNhdzr19chW5k0fnyd8S65xHjxwZbBydjbLgPwLQWFUfubMfSOqoSSy9Qb3HdvHQzVFw/E7h&#10;s92zEFfM4+DgS+MyiI/4kRraikJ/oqQB/+uj+2SP/YxaSlocxIqGnxvmBSX6u8VO/1qenaXJzcLZ&#10;7GKKgj/WvB1r7MbcAD59iWvH8XxM9lEPR+nBvOLOWKaoqGKWY+yK8ugH4SZ2CwK3DhfLZTbDaXUs&#10;3ttnxxN4YjW15cvulXnX927Epn+AYWjZ/F0Ld7bJ08JyE0Gq3N8HXnu+cdJz4/RbKa2SYzlbHXbn&#10;4jcAAAD//wMAUEsDBBQABgAIAAAAIQAIiYK63AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAFITvgv9heYKXYjdtqErMSxFF6UEEqx68bbLPbGx2N2Rf2/jvfZ70OMww8025nnyvDjSmLgaE&#10;xTwDRaGJtgstwtvrw8U1qMQmWNPHQAjflGBdnZ6UprDxGF7osOVWSUlIhUFwzEOhdWoceZPmcaAg&#10;3mccvWGRY6vtaI5S7nu9zLJL7U0XZMGZge4cNbvt3iN8bCZuvxaP/LQzs/fZxtXN832NeH423d6A&#10;Ypr4Lwy/+IIOlTDVcR9sUj2CHGGEqxyUmMuVyBohz1egq1L/h69+AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAMXtDhWVAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAAiJgrrcAAAABAEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAD4BQAAAAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00AF7838" w:rsidRPr="000F36AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">còpia del </w:t>
       </w:r>
       <w:r w:rsidR="00AF7838">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>document que acredita la capacitat del sotasignat per representar la persona jurídica que fa el registre</w:t>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>document que acredita la capacitat del sotasignat per representar la persona jurídica que fa el registre.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000F36AD" w:rsidRPr="005201B6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FE36FF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B8A8686"/>
     <w:lvl w:ilvl="0" w:tplc="0F0EF4B0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04030003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -1983,99 +2055,107 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04030005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00342BA9"/>
     <w:rsid w:val="00017434"/>
     <w:rsid w:val="000A1843"/>
+    <w:rsid w:val="000C5D96"/>
     <w:rsid w:val="000C691E"/>
     <w:rsid w:val="000F0468"/>
     <w:rsid w:val="000F36AD"/>
+    <w:rsid w:val="000F7FE7"/>
+    <w:rsid w:val="00111453"/>
     <w:rsid w:val="001171DC"/>
     <w:rsid w:val="001543C2"/>
     <w:rsid w:val="0019174B"/>
     <w:rsid w:val="0027475E"/>
     <w:rsid w:val="0032272F"/>
     <w:rsid w:val="00342BA9"/>
     <w:rsid w:val="00411C75"/>
     <w:rsid w:val="00420DE5"/>
+    <w:rsid w:val="00422A3D"/>
     <w:rsid w:val="004A07B7"/>
     <w:rsid w:val="005201B6"/>
+    <w:rsid w:val="00530382"/>
     <w:rsid w:val="005D0851"/>
     <w:rsid w:val="005E6B14"/>
     <w:rsid w:val="005F78ED"/>
     <w:rsid w:val="00611D7F"/>
     <w:rsid w:val="00612051"/>
     <w:rsid w:val="0068429A"/>
     <w:rsid w:val="006A7015"/>
     <w:rsid w:val="006C27C8"/>
     <w:rsid w:val="00754539"/>
+    <w:rsid w:val="007720E5"/>
     <w:rsid w:val="007D4BF9"/>
     <w:rsid w:val="007D5E13"/>
     <w:rsid w:val="0081102F"/>
     <w:rsid w:val="00AB6FE7"/>
     <w:rsid w:val="00AF0F5F"/>
     <w:rsid w:val="00AF7838"/>
     <w:rsid w:val="00C33C44"/>
     <w:rsid w:val="00C73C40"/>
+    <w:rsid w:val="00C93E92"/>
     <w:rsid w:val="00CB3847"/>
     <w:rsid w:val="00CF7353"/>
     <w:rsid w:val="00D279CA"/>
     <w:rsid w:val="00D31DCC"/>
+    <w:rsid w:val="00DC21B4"/>
+    <w:rsid w:val="00E7763D"/>
     <w:rsid w:val="00EA314C"/>
     <w:rsid w:val="00EA34FA"/>
     <w:rsid w:val="00EA657D"/>
     <w:rsid w:val="00F331BD"/>
     <w:rsid w:val="00FD22A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2922,77 +3002,77 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>218</Words>
-  <Characters>1143</Characters>
+  <Words>227</Words>
+  <Characters>1296</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1353</CharactersWithSpaces>
+  <CharactersWithSpaces>1520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Miriam Carrera Rubio</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>